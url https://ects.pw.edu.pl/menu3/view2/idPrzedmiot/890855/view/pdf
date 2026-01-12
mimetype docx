--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -883,67 +883,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia – wstępna ocena propozycji i ocena końcowa wyboru treści opracowania studenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U13, Tr2A_U04</w:t>
+        <w:t xml:space="preserve">Tr2A_U04, Tr2A_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UU, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać analizę lub opracowanie projektowo-koncepcyjne z zakresu kierowania (zarządzania) i sterowania ruchem w transporcie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>