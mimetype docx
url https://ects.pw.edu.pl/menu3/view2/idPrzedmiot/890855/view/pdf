--- v1 (2026-01-12)
+++ v2 (2026-01-13)
@@ -803,51 +803,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egz. pisemny, poprawna odpowiedź na pytanie z każdej grupy tematycznej dotyczącej ruchu: drogowego, kolejowego, lotniczego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>