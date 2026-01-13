--- v0 (2025-10-31)
+++ v1 (2026-01-13)
@@ -985,51 +985,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczenia laboratoryjnego. Warunkiem zaliczenia jest poprawne wykonanie ćwiczenia pod względem merytorycznym, wykonanie sprawozdania oraz wykazanie się  wiedzą niezbędną do jego wykonania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U11, Tr2A_U19</w:t>
+        <w:t xml:space="preserve">Tr2A_U19, Tr2A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>