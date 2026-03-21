--- v1 (2026-01-13)
+++ v2 (2026-03-21)
@@ -765,51 +765,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">4 pytania otwarte na I kolokwium pisemnym z wykładu. Wymagane jest udzielenie poprawnej odpowiedzi przynajmniej na 2 pytania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W07</w:t>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -985,51 +985,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczenia laboratoryjnego. Warunkiem zaliczenia jest poprawne wykonanie ćwiczenia pod względem merytorycznym, wykonanie sprawozdania oraz wykazanie się  wiedzą niezbędną do jego wykonania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U19, Tr2A_U11</w:t>
+        <w:t xml:space="preserve">Tr2A_U11, Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>