--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -873,51 +873,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe i otwarte (1/3 wszystkich pytań) dotyczące zagadnień opisanych w efekcie W03. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>