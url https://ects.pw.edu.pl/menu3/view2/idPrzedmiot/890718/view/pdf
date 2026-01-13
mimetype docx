--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -964,67 +964,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwium pisemne (pytania otwarte lub testowe w zależności od formy nauczania). Wymaganie jest uzyskanie połowy możliwych do uzyskania punktów. Ćwiczenia projektowe - realizacja indywidualnego zadania projektowego i obrona projektu przed końcem semestru. Konieczne jest poprawne wykonanie wszystkich wyszczególnionych elementów zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U16, Tr2A_U10</w:t>
+        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować koncepcyjnie układ transportu wewnętrznego i magazynowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>