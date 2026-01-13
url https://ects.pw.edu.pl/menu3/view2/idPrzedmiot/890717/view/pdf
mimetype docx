--- v0 (2025-11-02)
+++ v1 (2026-01-13)
@@ -811,51 +811,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład –  2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>