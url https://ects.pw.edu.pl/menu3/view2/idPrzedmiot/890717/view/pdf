--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -881,51 +881,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>