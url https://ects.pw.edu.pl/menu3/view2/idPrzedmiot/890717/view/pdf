--- v2 (2026-01-13)
+++ v3 (2026-02-04)
@@ -881,51 +881,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1187,51 +1187,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U14, Tr2A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							posiada umiejetności biegłego posługiwania się  analitycznymi narzędziami rozpoznania i przeciwdziałania typowym zagrożeniom bezpieczeństwa konstrukcji i eksploatacji dźwignic i wózków jezdniowych							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>