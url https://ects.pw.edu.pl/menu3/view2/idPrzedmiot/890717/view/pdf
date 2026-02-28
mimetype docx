--- v3 (2026-02-04)
+++ v4 (2026-02-28)
@@ -1187,51 +1187,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U14, Tr2A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							posiada umiejetności biegłego posługiwania się  analitycznymi narzędziami rozpoznania i przeciwdziałania typowym zagrożeniom bezpieczeństwa konstrukcji i eksploatacji dźwignic i wózków jezdniowych							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1257,51 +1257,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U10, Tr2A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>