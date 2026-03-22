--- v4 (2026-02-28)
+++ v5 (2026-03-22)
@@ -1171,67 +1171,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład –  2 zaliczenia w formie pisemnej (pytania celowane) cwiczenia –  2 zaliczenia ćwiczeń rachunkowych w formie dyskusji i pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U14, Tr2A_U20</w:t>
+        <w:t xml:space="preserve">Tr2A_U20, Tr2A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							posiada umiejetności biegłego posługiwania się  analitycznymi narzędziami rozpoznania i przeciwdziałania typowym zagrożeniom bezpieczeństwa konstrukcji i eksploatacji dźwignic i wózków jezdniowych							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1257,51 +1257,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U10, Tr2A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>