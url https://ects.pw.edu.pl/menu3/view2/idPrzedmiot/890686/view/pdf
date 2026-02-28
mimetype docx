--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -1026,67 +1026,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena treści prezentacji i udziału w dyskusjach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U02</w:t>
+        <w:t xml:space="preserve">Tr2A_U02, Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i wygłosić w języku polskim krótkie prezentacje dotyczące wyników własnych badań naukowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>