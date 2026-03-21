--- v1 (2026-02-28)
+++ v2 (2026-03-21)
@@ -1026,67 +1026,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena treści prezentacji i udziału w dyskusjach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U02, Tr2A_U01</w:t>
+        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i wygłosić w języku polskim krótkie prezentacje dotyczące wyników własnych badań naukowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1236,67 +1236,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena treści prezentacji oraz udziału w dyskusjach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U13, Tr2A_U14</w:t>
+        <w:t xml:space="preserve">Tr2A_U14, Tr2A_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować ulepszenia (usprawnienia) istniejących rozwiązań technicznych prezentowanych przez siebie oraz innych uczestników seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>