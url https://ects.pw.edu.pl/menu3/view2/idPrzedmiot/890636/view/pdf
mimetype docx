--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -882,51 +882,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena formująca: II pisemny sprawdzian cząstkowy, zawierający 3 pytania otwarte ( w tym 1 dotyczące treści opisanego efektu); wymagana odpowiedź w co najmniej 50%; fakultatywna ocena podsumowująca: pisemny sprawdzian - 1 z 6 pytań otwartych, wymagana odpowiedź w co najmniej 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -962,51 +962,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena formująca: I i II pisemny sprawdzian cząstkowy, zawierający pytania otwarte dotyczące treści opisanego efektu; wymagana odpowiedź w co najmniej 50%; fakultatywna ocena podsumowująca: pisemny sprawdzian - jedno pytanie otwarte, wymagana odpowiedź w co najmniej 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U04, Tr1A_U01</w:t>
+        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U14, Tr1A_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>