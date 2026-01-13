--- v1 (2026-01-12)
+++ v2 (2026-01-13)
@@ -962,51 +962,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena formująca: I i II pisemny sprawdzian cząstkowy, zawierający pytania otwarte dotyczące treści opisanego efektu; wymagana odpowiedź w co najmniej 50%; fakultatywna ocena podsumowująca: pisemny sprawdzian - jedno pytanie otwarte, wymagana odpowiedź w co najmniej 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U14, Tr1A_U04</w:t>
+        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U04, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>