--- v2 (2026-01-13)
+++ v3 (2026-02-09)
@@ -812,51 +812,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena formująca: I,II pisemny sprawdzian cząstkowy, zawierający 3 pytania otwarte ( w tym 1 dotyczące treści opisanego efektu w każdym z nich); wymagana odpowiedź w co najmniej 50%; fakultatywna ocena podsumowująca: pisemny sprawdzian - 1 z 6 pytań otwartych, wymagana odpowiedź w co najmniej 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W05</w:t>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>