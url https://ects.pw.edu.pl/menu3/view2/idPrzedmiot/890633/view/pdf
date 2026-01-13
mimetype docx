--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -748,67 +748,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena formująca: I pisemny sprawdzian cząstkowy, zawierający 3 pytania otwarte ( w tym 1 dotyczące treści opisanego efektu); wymagana odpowiedź w co najmniej 50%; fakultatywna ocena podsumowująca: pisemny sprawdzian - 1 z 6 pytań otwartych, wymagana odpowiedź w co najmniej 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę podstawową w zakresie wymagań dotyczących budowy i funkcjonowania systemów zarządzania bezpieczeństwem i higiena pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>