--- v0 (2025-10-30)
+++ v1 (2026-01-11)
@@ -739,51 +739,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: udział w sprawdzianie zaliczeniowym – część pisemna, ewentualnie część ustna.
 21 pytań o charakterze testu wyboru i/lub testu uzupełnień, wymagane jest udzielenie poprawnych odpowiedzi na przynajmniej 11 pytań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W04, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>