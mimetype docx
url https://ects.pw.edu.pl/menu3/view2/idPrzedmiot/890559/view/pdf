--- v1 (2026-01-11)
+++ v2 (2026-03-20)
@@ -743,287 +743,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wymagane jest wykonanie kompletnego projektu kolejowo-drogowego terminala przeładunkowego uwzględniającego dany efekt uczenia. Podczas ustnej obrony projektu wymagana jest odpowiedź na co najmniej jedno z dwóch pytań dotyczących danego efektu uczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma szczegółową wiedzę w zakresie zasad rozmieszczania i zabezpieczania ładunków na środkach przewozowych; zna podstawowe metody: wyznaczenia liczby środków transportu, urządzeń i maszyn ładunkowych oraz obciążenia frontów ładunkowych; stosowane przy obliczaniu wskaźników mechanizacji prac ładunkowych oraz wskaźników wykorzystania środków przewozowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wymagane jest wykonanie kompletnego projektu kolejowo-drogowego terminala przeładunkowego uwzględniającego dany efekt uczenia. Podczas ustnej obrony projektu wymagana jest odpowiedź na co najmniej jedno z dwóch pytań dotyczących danego efektu uczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma szczegółową wiedzę w zakresie zasad rozmieszczania i zabezpieczania ładunków na środkach przewozowych; zna podstawowe metody: wyznaczenia liczby środków transportu, urządzeń i maszyn ładunkowych oraz obciążenia frontów ładunkowych; stosowane przy obliczaniu wskaźników mechanizacji prac ładunkowych oraz wskaźników wykorzystania środków przewozowych.</w:t>
+        <w:t xml:space="preserve">Zna wytyczne projektowania układów torowych, drogowych oraz frontów ładunkowych. Ma szczegółową wiedzę w zakresie rozmieszczenia urządzeń i obiektów niezbędnych do prawidłowego funkcjonowania punktu ładunkowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wymagane jest wykonanie kompletnego projektu kolejowo-drogowego terminala przeładunkowego uwzględniającego dany efekt uczenia. Podczas ustnej obrony projektu wymagana jest odpowiedź na co najmniej jedno z dwóch pytań dotyczących danego efektu uczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wytyczne projektowania układów torowych, drogowych oraz frontów ładunkowych. Ma szczegółową wiedzę w zakresie rozmieszczenia urządzeń i obiektów niezbędnych do prawidłowego funkcjonowania punktu ładunkowego</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować terminal przeładunkowy transportu multimodalnego, zarówno w aspekcie jego modernizacji jak i nowo powstający</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wymagane jest wykonanie kompletnego projektu kolejowo-drogowego terminala przeładunkowego uwzględniającego dany efekt uczenia. Podczas ustnej obrony projektu wymagana jest odpowiedź na co najmniej jedno z dwóch pytań dotyczących danego efektu uczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje w zakresie nowych rozwiązań dotyczących maszyn i urządzeń ładunkowych oraz rozwiązań technologicznych terminali przeładunkowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>