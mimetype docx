--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -744,207 +744,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu planowania i podejmowania decyzji, także w odniesieniu do sfery transportu	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu organizowania, także w odniesieniu do sfery transportu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu przewodzenia (kierowania ludźmi), także w odniesieniu do sfery transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>