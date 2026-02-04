--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -884,67 +884,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu przewodzenia (kierowania ludźmi), także w odniesieniu do sfery transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>