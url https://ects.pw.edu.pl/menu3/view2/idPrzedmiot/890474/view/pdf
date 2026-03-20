--- v1 (2026-02-08)
+++ v2 (2026-03-20)
@@ -919,51 +919,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U10, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność wykonywania dokumentacji płaskiej elementów mechanicznych z wykorzystaniem komputera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -973,51 +973,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian umiejętności pracy w systemie CAD z wykorzystaniem komputera, sprawdzian pisemny. Wymagane prawidłowe zwymiarowanie przedmiotu oraz umieszczenie wszystkich niezbędnych informacji na rysunku wykonawczym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U10, Tr1A_U08</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U25, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>