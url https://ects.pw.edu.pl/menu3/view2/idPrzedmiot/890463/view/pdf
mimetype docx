--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -1044,67 +1044,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia – zespołowe prace domowe;  laboratorium – kolokwia i wykonanie sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U09</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozwiązywać podstawowe zagadnienia dotyczące silników spalinowych. Umie interpretować wyniki pomiarów i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>