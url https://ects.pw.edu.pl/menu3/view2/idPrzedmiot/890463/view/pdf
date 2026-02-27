--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -770,341 +770,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody obliczeniowe rozwiązywania zagadnień dotyczących procesów pracy silnika</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia – zespołowe prace domowe;  laboratorium – kolokwia i wykonanie sprawozdań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody obliczeniowe rozwiązywania zagadnień dotyczących procesów pracy silnika</w:t>
+        <w:t xml:space="preserve">Ma wiedzę o budowie i zasadzie działania najważniejszych układów samochodowego silnika spalinowego. Zna charakterystyki silnika oraz podstawowe metody badań empirycznych silnika, w tym emisji toksycznych związków spalin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia – zespołowe prace domowe;  laboratorium – kolokwia i wykonanie sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o budowie i zasadzie działania najważniejszych układów samochodowego silnika spalinowego. Zna charakterystyki silnika oraz podstawowe metody badań empirycznych silnika, w tym emisji toksycznych związków spalin.</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskać informacje z literatury dotyczące rozwiązywania zadań z silników spalinowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia – zespołowe prace domowe;  laboratorium – kolokwia i wykonanie sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskać informacje z literatury dotyczące rozwiązywania zadań z silników spalinowych.</w:t>
+        <w:t xml:space="preserve">Potrafi stosować odpowiednie metody analityczne i symulacyjne do analizowania procesów fizycznych zachodzących w silniku spalinowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia – zespołowe prace domowe;  laboratorium – kolokwia i wykonanie sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozwiązywać podstawowe zagadnienia dotyczące silników spalinowych. Umie interpretować wyniki pomiarów i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>