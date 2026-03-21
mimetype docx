--- v2 (2026-01-13)
+++ v3 (2026-03-21)
@@ -1036,137 +1036,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywność na zajęciach, kolokwium z efektu (1 zadanie oceniane  w skali od 0 do 4 punktów, wymagane jest uzyskanie co najmniej 2 punktów), wykonanie ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U06, Tr1A_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi podać przykłady rozkładów dyskretnych i ciągłych prawdopodobieństwa i dostosować je do analizowanego modelu matematycznego, wyznaczyć podstawowe parametry zmiennych losowych oraz wykorzystać prawa wielkich liczb i twierdzenia graniczne do szacowania prawdopodobieństw z wykorzystaniem tablic statystycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywność na zajęciach, kolokwium z efektu (4 zadanie oceniane  w skali od 0 do 4 punktów, wymagane jest uzyskanie co najmniej 8 punktów), wykonanie ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U06, Tr1A_U11, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.2.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczać syntetyczne charakterystyki próby, a także dla zadanego zadania związanego z badaniem statystycznym, określić odpowiedni model statystyczny, wyznaczyć przedział ufności dla wartości przeciętnej i wariancji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>