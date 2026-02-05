--- v0 (2026-01-12)
+++ v1 (2026-02-05)
@@ -742,51 +742,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W06, Tr1A_W07, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07, Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>