--- v1 (2026-02-05)
+++ v2 (2026-03-21)
@@ -892,67 +892,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U02</w:t>
+        <w:t xml:space="preserve">Tr1A_U02, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">4. potrafi planować i przeprowadzać eksperymenty, w tym pomiary i symulacje komputerowe, interpretować uzyskane wyniki i wyciągać wnioski w zakresie rl, 6. potrafi ocenić przydatność rutynowych metod i narzędzi rozwiązania prostego problemu inżynierii ruchu lotniczego oraz wybrać i zastosować właściwą metodę i narzędzia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>