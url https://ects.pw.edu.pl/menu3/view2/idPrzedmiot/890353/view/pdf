--- v1 (2026-01-12)
+++ v2 (2026-02-05)
@@ -742,51 +742,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu przez studenta, a następnie obrona projektu u prowadzącego zajęcia i ocena końcowa na którą składa się: ocena z wykonanego projektu i ocena z obrony projektu. Wymagana jest średnia minimum 3,0; przy czym wymagane są pozytywne oceny cząstkowe (min 3,0).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -979,51 +979,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U18, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje w zakresie nowych rozwiązań dotyczących maszyn i urządzeń ładunkowych oraz rozwiązań technologicznych terminali przeładunkowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>