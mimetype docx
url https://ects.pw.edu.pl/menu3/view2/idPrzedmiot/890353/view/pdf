--- v2 (2026-02-05)
+++ v3 (2026-02-06)
@@ -742,51 +742,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu przez studenta, a następnie obrona projektu u prowadzącego zajęcia i ocena końcowa na którą składa się: ocena z wykonanego projektu i ocena z obrony projektu. Wymagana jest średnia minimum 3,0; przy czym wymagane są pozytywne oceny cząstkowe (min 3,0).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -813,51 +813,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu przez studenta, a następnie obrona projektu u prowadzącego zajęcia i ocena końcowa na którą składa się: ocena z wykonanego projektu i ocena z obrony projektu. Wymagana jest średnia minimum 3,0; przy czym wymagane są pozytywne oceny cząstkowe (min 3,0).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>