--- v0 (2025-11-02)
+++ v1 (2026-01-13)
@@ -741,217 +741,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżącej pracy wykonywanej w trakcie zajęć oraz obrona projektów pod koniec semestru dotycząca znajomości procedury projektowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę potrzebną do kształtowania i wymiarowania układów transportowo-magazynowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena bieżącej pracy wykonywanej w trakcie zajęć oraz obrona projektów pod koniec semestru dotycząca poprawności zastosowanej procedury projektowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę potrzebną do kształtowania i wymiarowania układów transportowo-magazynowych</w:t>
+        <w:t xml:space="preserve">Potrafi ukształtować proces przepływu materiałów. Ustalić harmonogram realizacji poszczególnych czynności w procesie.obliczyć pracochłonność procesu oraz potrzebną liczbę środków transportu i ludzi oraz ocenić wpływ struktury dostaw i wysyłek na parametry rozwiązania zadania logistycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena bieżącej pracy wykonywanej w trakcie zajęć oraz obrona projektów pod koniec semestru dotycząca poprawności zastosowanej procedury projektowej</w:t>
+        <w:t xml:space="preserve">Ocena bieżącej pracy wykonywanej w trakcie zajęć oraz obrona projektów pod koniec semestru polegająca na sprawdzeniu poprawności obliczenia liczby środków transportu oraz wpływu struktury dostaw i wysyłek na parametry rozwiązania projektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U22, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczyć natężenia przepływu materiałów i wyznaczyć trasy przepływu dla transportu automatycznego, zaprojektować punkty zdawczo odbiorcze, obliczyć liczbę środków transportu automatycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>