--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -744,191 +744,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca ćwiczeniowa, część dotycząca: podziału odcinków na szlaki (odstępy), obliczenia czasów jazdy i czasów szlakowego następstwa pociągów, obliczenia liczby pociągów obciążających zadane odcinki oraz opracowania organizacji ruchu pociągów na zadanych odcinkach w formie graficznej, wymagane jest dokonanie prawidłowego podziału odcinków na szlaki (odstępy), prawidłowego obliczenia czasów jazdy i czasów szlakowego następstwa pociągów, prawidłowego obliczenia liczby pociągów obciążających zadane odcinki oraz prawidłowego opracowania organizacji ruchu pociągów na zadanych odcinkach w formie graficznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent zna i rozumie procedurę oraz zasady obiegowania pojazdów kolejowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia projektowe: część dotycząca przygotowania planu obiegu składów pociągów niezbędnych do obsłużenia pociągów klasy INTER i AGLO oraz przygotowania wykresu pracy pojazdów trakcyjnych, wymagane jest prawidłowe przygotowanie planu obiegu składów pociągów niezbędnych do obsłużenia pociągów klasy INTER i AGLO oraz prawidłowego przygotowania wykresu pracy pojazdów trakcyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent zna i rozumie procedurę oraz zasady harmonogramowania pracy drużyn pociągowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia projektowe: część dotycząca przygotowania wykresu pracy drużyn trakcyjnych oraz sporządzenia planu obsługi pociągów przez drużyny konduktorskie, wymagane jest prawidłowe przygotowanie wykresu pracy drużyn trakcyjnych oraz prawidłowe sporządzenie planu obsługi pociągów przez drużyny konduktorskie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1175,67 +1175,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia projektowe: część dotycząca przygotowania wykresu pracy drużyn trakcyjnych oraz sporządzenia planu obsługi pociągów przez drużyny konduktorskie, wymagane jest prawidłowe przygotowanie wykresu pracy drużyn trakcyjnych oraz prawidłowe sporządzenie planu obsługi pociągów przez drużyny konduktorskie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U01, Tr1A_U03, Tr1A_U20, Tr1A_U22</w:t>
+        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U03, Tr1A_U20, Tr1A_U22, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, I.P6S_UK, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi samodzielnie dokonywać oceny organizacji ruchu kolejowego z wykorzystaniem różnych wskaźników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1246,67 +1246,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia audytoryjne: część dotycząca obliczenia zdolności przepustowej odcinków, wymagane jest prawidłowe obliczenie zdolności przepustowej odcinków,
 ćwiczenia projektowe: część dotycząca obliczenia zdolności przewozowej odcinków linii dla założonej liczby pociągów, obliczenia liczby składów pociągów potrzebnych do wykonania zadań, liczby pojazdów w składzie i planie obiegu oraz ich dobowego przebiegu i czasu pracy w dobie, obliczenia dobowego przebiegu pojazdów trakcyjnych oraz ich liczby godzin pracy w dobie, obliczenia liczby pojazdów trakcyjnych i drużyn trakcyjnych niezbędnych do obsłużenia umieszczonych na wykresie ruchu tras pociągów klas INTER i AGLO oraz obliczenia liczby drużyn konduktorskich niezbędnych do obsłużenia pociągów wymienionych klas, wymagane jest prawidłowe obliczenie zdolności przewozowej odcinków linii dla założonej liczby pociągów, prawidłowe obliczenie liczby składów pociągów potrzebnych do wykonania zadań, liczby pojazdów w składzie i planie obiegu oraz ich dobowego przebiegu i </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U03, Tr1A_U18, Tr1A_U22</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U22, Tr1A_U01, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">