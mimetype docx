--- v1 (2026-01-12)
+++ v2 (2026-02-05)
@@ -884,51 +884,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia projektowe: część dotycząca przygotowania wykresu pracy drużyn trakcyjnych oraz sporządzenia planu obsługi pociągów przez drużyny konduktorskie, wymagane jest prawidłowe przygotowanie wykresu pracy drużyn trakcyjnych oraz prawidłowe sporządzenie planu obsługi pociągów przez drużyny konduktorskie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1246,67 +1246,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia audytoryjne: część dotycząca obliczenia zdolności przepustowej odcinków, wymagane jest prawidłowe obliczenie zdolności przepustowej odcinków,
 ćwiczenia projektowe: część dotycząca obliczenia zdolności przewozowej odcinków linii dla założonej liczby pociągów, obliczenia liczby składów pociągów potrzebnych do wykonania zadań, liczby pojazdów w składzie i planie obiegu oraz ich dobowego przebiegu i czasu pracy w dobie, obliczenia dobowego przebiegu pojazdów trakcyjnych oraz ich liczby godzin pracy w dobie, obliczenia liczby pojazdów trakcyjnych i drużyn trakcyjnych niezbędnych do obsłużenia umieszczonych na wykresie ruchu tras pociągów klas INTER i AGLO oraz obliczenia liczby drużyn konduktorskich niezbędnych do obsłużenia pociągów wymienionych klas, wymagane jest prawidłowe obliczenie zdolności przewozowej odcinków linii dla założonej liczby pociągów, prawidłowe obliczenie liczby składów pociągów potrzebnych do wykonania zadań, liczby pojazdów w składzie i planie obiegu oraz ich dobowego przebiegu i </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U22, Tr1A_U01, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U01, Tr1A_U03, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, I.P6S_UK, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">