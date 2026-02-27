--- v2 (2026-02-05)
+++ v3 (2026-02-27)
@@ -1035,67 +1035,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca ćwiczeniowa, wymagane jest dokonanie prawidłowego podziału odcinków na szlaki (odstępy), prawidłowego obliczenia czasów jazdy i czasów szlakowego następstwa pociągów, prawidłowego obliczenia liczby pociągów obciążających zadane odcinki, prawidłowego opracowania organizacji ruchu pociągów na zadanych odcinkach w formie graficznej oraz prawidłowego obliczenia zdolności przepustowej odcinków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U03, Tr1A_U20, Tr1A_U22, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U22, Tr1A_U24, Tr1A_U01, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi samodzielnie dokonać obiegowania pojazdów kolejowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1246,67 +1246,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia audytoryjne: część dotycząca obliczenia zdolności przepustowej odcinków, wymagane jest prawidłowe obliczenie zdolności przepustowej odcinków,
 ćwiczenia projektowe: część dotycząca obliczenia zdolności przewozowej odcinków linii dla założonej liczby pociągów, obliczenia liczby składów pociągów potrzebnych do wykonania zadań, liczby pojazdów w składzie i planie obiegu oraz ich dobowego przebiegu i czasu pracy w dobie, obliczenia dobowego przebiegu pojazdów trakcyjnych oraz ich liczby godzin pracy w dobie, obliczenia liczby pojazdów trakcyjnych i drużyn trakcyjnych niezbędnych do obsłużenia umieszczonych na wykresie ruchu tras pociągów klas INTER i AGLO oraz obliczenia liczby drużyn konduktorskich niezbędnych do obsłużenia pociągów wymienionych klas, wymagane jest prawidłowe obliczenie zdolności przewozowej odcinków linii dla założonej liczby pociągów, prawidłowe obliczenie liczby składów pociągów potrzebnych do wykonania zadań, liczby pojazdów w składzie i planie obiegu oraz ich dobowego przebiegu i </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U01, Tr1A_U03, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U03, Tr1A_U18, Tr1A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, I.P6S_UK, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">