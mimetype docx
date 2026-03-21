--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -1035,67 +1035,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca ćwiczeniowa, wymagane jest dokonanie prawidłowego podziału odcinków na szlaki (odstępy), prawidłowego obliczenia czasów jazdy i czasów szlakowego następstwa pociągów, prawidłowego obliczenia liczby pociągów obciążających zadane odcinki, prawidłowego opracowania organizacji ruchu pociągów na zadanych odcinkach w formie graficznej oraz prawidłowego obliczenia zdolności przepustowej odcinków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U22, Tr1A_U24, Tr1A_U01, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U03, Tr1A_U20, Tr1A_U22, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi samodzielnie dokonać obiegowania pojazdów kolejowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>