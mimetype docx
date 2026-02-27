--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -1096,67 +1096,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U06, Tr1A_U14, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U14, Tr1A_U18, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować rozwiązania techniczne i ocenić przydatność funkcji elektrycznych układów (nastawczych, kontrolnych i zależnościowych) urządzeń srk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1166,67 +1166,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U18, Tr1A_U22</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U22, Tr1A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>