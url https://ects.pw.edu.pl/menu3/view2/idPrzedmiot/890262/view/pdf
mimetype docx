--- v0 (2025-11-02)
+++ v1 (2026-01-13)
@@ -1023,51 +1023,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie projektu –  tzw. obrona projektu w formie dyskusji i pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>