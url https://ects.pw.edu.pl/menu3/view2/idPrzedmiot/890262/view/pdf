--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -1023,51 +1023,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie projektu –  tzw. obrona projektu w formie dyskusji i pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1103,51 +1103,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U24, Tr1A_U25</w:t>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U08, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>