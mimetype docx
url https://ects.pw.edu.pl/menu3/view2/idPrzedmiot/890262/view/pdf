--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -1103,51 +1103,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U08, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U24, Tr1A_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1173,67 +1173,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>