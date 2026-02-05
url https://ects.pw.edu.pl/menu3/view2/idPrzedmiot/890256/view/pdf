--- v0 (2026-01-12)
+++ v1 (2026-02-05)
@@ -1051,51 +1051,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna trendy rozwojowe w budowie samochodów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>