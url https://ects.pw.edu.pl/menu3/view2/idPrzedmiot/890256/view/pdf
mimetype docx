--- v1 (2026-02-05)
+++ v2 (2026-03-21)
@@ -755,987 +755,987 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i rozumie zasadę działania oraz system recyklingu samochodów w Polsce</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie zasadę działania oraz system recyklingu samochodów w Polsce</w:t>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie recyklingu poszczególnych rodzajów materiałów i zespołów stosowanych w budowie samochodów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt ,cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie metod recyklingu poszczególnych elementów samochodów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt ,cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie stosowanych urządzeń do recyklingu pojazdów samochodowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt ,cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna trendy rozwojowe w budowie samochodów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt ,cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie nowoczesnych tworzyw sprzyjających recyklingowi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat komputerowych systemów wspomagania recyklingu samochodów </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowana wiedzę z zakresu oddziaływania szkodliwych materiałów eksploatacyjnych samochodów na środowisko naturalne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie recyklingu poszczególnych rodzajów materiałów i zespołów stosowanych w budowie samochodów </w:t>
+        <w:t xml:space="preserve">Posiada ogólną wiedzę z dziedziny zastosowania powłok ochronnych, sposobami ich nanoszenia, cechami oraz metodami kontroli</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt ,cz. ustna</w:t>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie metod recyklingu poszczególnych elementów samochodów</w:t>
+        <w:t xml:space="preserve">Umie samodzielnie w oparciu literaturę potrafi integrować uzyskane informacje, dokonywać ich interpretacji, a także wyciągać wnioski oraz formułować i uzasadniać opinie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt ,cz. ustna</w:t>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie stosowanych urządzeń do recyklingu pojazdów samochodowych</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować i przedstawić krótką prezentację poświęconą procesowi recyklingu w Polsce i wybranych krajach UE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt ,cz. ustna</w:t>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna trendy rozwojowe w budowie samochodów</w:t>
+        <w:t xml:space="preserve">Ma umiejętność samokształcenia się, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt ,cz. ustna</w:t>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie nowoczesnych tworzyw sprzyjających recyklingowi</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać poznane metody i zasady recyklingu do oceny działania systemu recyklingu w Polsce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...499 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>