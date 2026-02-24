--- v0 (2025-12-26)
+++ v1 (2026-02-24)
@@ -824,67 +824,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -974,67 +974,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>