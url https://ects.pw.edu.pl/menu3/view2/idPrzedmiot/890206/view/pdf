--- v1 (2026-02-24)
+++ v2 (2026-03-20)
@@ -754,67 +754,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W07, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W03, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jak poprawnie i efektywnie zastosować systemy informacyjne i ich usługi w działaniach administracji publicznej (I). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -824,67 +824,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -974,67 +974,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U01, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UO, II.S.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>