--- v0 (2025-12-26)
+++ v1 (2026-02-28)
@@ -748,67 +748,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie zajęć studenci dyskutują na temat wybranych elementów podejmowania działalności gospodarczej oraz wpływie organów administracji publicznej na biznes. Napisanie i wygłoszenie referatu lub sprawdzian pisemny weryfikuje indywidualną wiedzę studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę w zakresie zarządzania, w tym zarządzania jakością oraz prowadzenia działalności gospodarczej, zna ogólne zasady tworzenia i rozwoju form indywidualnej przedsiębiorczości. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -818,67 +818,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie zajęć studenci dyskutują na temat strategii zarządzania przedsiębiorstwem, wybranych elementów podejmowania działalności gospodarczej, kosztu pozyskania kapitału, czy biznesplanu. Napisanie i wygłoszenie referatu lub sprawdzian pisemny weryfikuje indywidualną wiedzę studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -898,67 +898,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studenci uczą się zastosowania w praktyce zdobytej wiedzy oraz uczą się znajdować i analizować potrzebne dane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić wpływ otoczenia na zjawiska i procesy administrowania oraz przygotować i podejmować decyzje zarządcze, zwłaszcza strategiczne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -968,67 +968,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studenci uczą się zastosowania w praktyce zdobytej wiedzy oraz uczą się znajdować i analizować potrzebne dane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U10, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U04, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>