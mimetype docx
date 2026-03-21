--- v1 (2026-02-28)
+++ v2 (2026-03-21)
@@ -818,67 +818,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie zajęć studenci dyskutują na temat strategii zarządzania przedsiębiorstwem, wybranych elementów podejmowania działalności gospodarczej, kosztu pozyskania kapitału, czy biznesplanu. Napisanie i wygłoszenie referatu lub sprawdzian pisemny weryfikuje indywidualną wiedzę studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -898,67 +898,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studenci uczą się zastosowania w praktyce zdobytej wiedzy oraz uczą się znajdować i analizować potrzebne dane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U12</w:t>
+        <w:t xml:space="preserve">K_U04, K_U03, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić wpływ otoczenia na zjawiska i procesy administrowania oraz przygotować i podejmować decyzje zarządcze, zwłaszcza strategiczne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -968,67 +968,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studenci uczą się zastosowania w praktyce zdobytej wiedzy oraz uczą się znajdować i analizować potrzebne dane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U04, K_U10</w:t>
+        <w:t xml:space="preserve">K_U04, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>