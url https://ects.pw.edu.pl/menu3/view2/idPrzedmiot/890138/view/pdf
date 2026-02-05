--- v0 (2025-12-24)
+++ v1 (2026-02-05)
@@ -816,67 +816,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student potrafi wskazać konstrukcję i specyfikę poszczególnych sądów i trybunałów międzynarodowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -902,51 +902,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student potrafi posługiwać się tekstem umowy międzynarodowej i właściwie ją interpretować</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>