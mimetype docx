--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -832,191 +832,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student potrafi wskazać konstrukcję i specyfikę poszczególnych sądów i trybunałów międzynarodowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca na ćwiczeniach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student potrafi wskazać konstrukcję i specyfikę poszczególnych sądów i trybunałów międzynarodowych</w:t>
+        <w:t xml:space="preserve">student potrafi posługiwać się tekstem umowy międzynarodowej i właściwie ją interpretować</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U06, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>