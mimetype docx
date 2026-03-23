--- v2 (2026-02-28)
+++ v3 (2026-03-23)
@@ -736,67 +736,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca podczas ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -832,51 +832,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student potrafi wskazać konstrukcję i specyfikę poszczególnych sądów i trybunałów międzynarodowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -886,67 +886,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student potrafi posługiwać się tekstem umowy międzynarodowej i właściwie ją interpretować</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -956,67 +956,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U02, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>