--- v0 (2026-02-07)
+++ v1 (2026-02-28)
@@ -751,51 +751,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, ocena aktywności i rozwiązywanych zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_W13, DS_W07</w:t>
+        <w:t xml:space="preserve">DS_W07, DS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>