--- v0 (2025-11-04)
+++ v1 (2026-01-14)
@@ -848,51 +848,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy, ocena aktywności w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W02, AiR1_W08, AiR1_W12</w:t>
+        <w:t xml:space="preserve">AiR1_W12, AiR1_W02, AiR1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>