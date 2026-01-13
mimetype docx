--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -970,51 +970,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U03, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U17, AiR1_U18</w:t>
+        <w:t xml:space="preserve">AiR1_U18, AiR1_U03, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>