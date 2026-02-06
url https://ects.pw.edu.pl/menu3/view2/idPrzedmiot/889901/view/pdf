--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -970,51 +970,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U18, AiR1_U03, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U17</w:t>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U17, AiR1_U18, AiR1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>