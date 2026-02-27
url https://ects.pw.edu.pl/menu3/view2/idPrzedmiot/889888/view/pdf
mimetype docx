--- v0 (2026-01-16)
+++ v1 (2026-02-27)
@@ -975,201 +975,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, oceniane zadania domowe i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W15, AiR1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK360_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna metodę projektowania kompensatorów w układach regulacji przy wykorzystaniu linii pierwiastkowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, oceniane zadania domowe i egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W09, AiR1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK360_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK360_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna metodę projektowania kompensatorów w układach regulacji przy wykorzystaniu linii pierwiastkowych.							</w:t>
+        <w:t xml:space="preserve">														Student potrafi dokonać analizy układu regulacji automatycznej (w tym: określić zapas stabilności) przy wykorzystaniu kryteriów formułowanych w dziedzinie częstotliwości (na podstawie charakterystyk Nyquista i Bodego).														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, oceniane zadania domowe i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W09, AiR1_W15</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U10, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>