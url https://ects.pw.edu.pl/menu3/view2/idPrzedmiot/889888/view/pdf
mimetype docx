--- v1 (2026-02-27)
+++ v2 (2026-03-20)
@@ -975,51 +975,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, oceniane zadania domowe i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W15, AiR1_W09</w:t>
+        <w:t xml:space="preserve">AiR1_W09, AiR1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1265,51 +1265,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, oceniane zadania domowe i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U10</w:t>
+        <w:t xml:space="preserve">AiR1_U10, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>