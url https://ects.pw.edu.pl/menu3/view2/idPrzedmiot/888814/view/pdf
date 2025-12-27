--- v0 (2025-10-09)
+++ v1 (2025-12-27)
@@ -752,51 +752,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDYM_U01: </w:t>
       </w:r>
     </w:p>
@@ -958,67 +958,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena pracy dyplomowej magisterskiej lub jej fragmentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U11, K_U16, K_U17, K_U08, K_U18, K_U09</w:t>
+        <w:t xml:space="preserve">K_U16, K_U17, K_U08, K_U18, K_U09, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDYM_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność przygotowania opracowania naukowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>