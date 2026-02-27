--- v1 (2025-12-27)
+++ v2 (2026-02-27)
@@ -752,51 +752,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDYM_U01: </w:t>
       </w:r>
     </w:p>
@@ -974,51 +974,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U16, K_U17, K_U08, K_U18, K_U09, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDYM_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność przygotowania opracowania naukowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>