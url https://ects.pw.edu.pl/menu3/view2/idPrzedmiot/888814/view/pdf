--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -958,67 +958,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena pracy dyplomowej magisterskiej lub jej fragmentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U17, K_U08, K_U18, K_U09, K_U10, K_U11</w:t>
+        <w:t xml:space="preserve">K_U08, K_U18, K_U09, K_U10, K_U11, K_U16, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UO, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDYM_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność przygotowania opracowania naukowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>