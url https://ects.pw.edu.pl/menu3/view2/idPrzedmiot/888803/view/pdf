--- v0 (2025-12-27)
+++ v1 (2026-02-27)
@@ -852,51 +852,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U09, K_U11, K_U17, K_U18, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UO, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UO, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ROSM_K01: </w:t>
       </w:r>
     </w:p>