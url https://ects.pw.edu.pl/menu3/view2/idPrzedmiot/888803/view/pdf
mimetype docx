--- v1 (2026-02-27)
+++ v2 (2026-03-20)
@@ -756,67 +756,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z zakresu wykładu. Projekt inżynierski demonstrujący znajomość metod i metodyki stosowanej dla rozwiązania wybranego zagadnienia rozpoznawania wzorców.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ROSM_U01: </w:t>
       </w:r>
     </w:p>
@@ -836,67 +836,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena realizacji projektu inżynierskiego, w tym sposobu analizy problemu i implementacji oraz dokumentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U09, K_U11, K_U17, K_U18, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U09, K_U11, K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UO, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ROSM_K01: </w:t>
       </w:r>
     </w:p>