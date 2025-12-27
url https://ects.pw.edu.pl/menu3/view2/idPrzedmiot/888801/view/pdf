--- v0 (2025-10-09)
+++ v1 (2025-12-27)
@@ -746,67 +746,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W03, K_W04, K_W05, K_W06, K_W07, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W05, K_W06, K_W07, K_W08, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TAP_U01: </w:t>
       </w:r>
     </w:p>
@@ -842,191 +842,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U09, K_U14, K_U15, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TAP_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność projektowania i analizy układów regulacji predykcyjnej procesów jedno- i wielowymiarowych, liniowych i nieliniowych, weryfikowanie projektu metodą symulacji komputerowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U09, K_U12, K_U14, K_U15, K_U17, K_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka TAP_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka TAP_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność projektowania i analizy układów regulacji predykcyjnej procesów jedno- i wielowymiarowych, liniowych i nieliniowych, weryfikowanie projektu metodą symulacji komputerowej.</w:t>
+        <w:t xml:space="preserve">Rozumienie funkcjonalności i programowania systemu SCADA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin, laboratorium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U17, K_U08, K_U09, K_U12, K_U14, K_U15</w:t>
+        <w:t xml:space="preserve">K_U08, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UW</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TAP_K01: </w:t>
       </w:r>
     </w:p>