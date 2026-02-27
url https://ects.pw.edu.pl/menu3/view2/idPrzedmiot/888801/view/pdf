--- v1 (2025-12-27)
+++ v2 (2026-02-27)
@@ -762,51 +762,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W05, K_W06, K_W07, K_W08, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TAP_U01: </w:t>
       </w:r>
     </w:p>
@@ -826,67 +826,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U09, K_U14, K_U15, K_U17</w:t>
+        <w:t xml:space="preserve">K_U15, K_U17, K_U08, K_U09, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TAP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność projektowania i analizy układów regulacji predykcyjnej procesów jedno- i wielowymiarowych, liniowych i nieliniowych, weryfikowanie projektu metodą symulacji komputerowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -896,67 +896,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U12, K_U14, K_U15, K_U17, K_U08</w:t>
+        <w:t xml:space="preserve">K_U15, K_U17, K_U08, K_U09, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TAP_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumienie funkcjonalności i programowania systemu SCADA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -966,67 +966,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TAP_K01: </w:t>
       </w:r>
     </w:p>