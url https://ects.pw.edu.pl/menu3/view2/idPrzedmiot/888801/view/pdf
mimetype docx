--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -762,51 +762,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W05, K_W06, K_W07, K_W08, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TAP_U01: </w:t>
       </w:r>
     </w:p>
@@ -842,51 +842,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U15, K_U17, K_U08, K_U09, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TAP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność projektowania i analizy układów regulacji predykcyjnej procesów jedno- i wielowymiarowych, liniowych i nieliniowych, weryfikowanie projektu metodą symulacji komputerowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -896,67 +896,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U17, K_U08, K_U09, K_U12, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U15, K_U17, K_U08, K_U09, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TAP_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumienie funkcjonalności i programowania systemu SCADA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>