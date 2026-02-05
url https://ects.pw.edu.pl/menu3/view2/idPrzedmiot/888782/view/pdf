--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -830,51 +830,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena działań i przyczyn sukcesów w trakcie dyskusji na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W17, K_W19, K_W16</w:t>
+        <w:t xml:space="preserve">K_W16, K_W17, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -910,67 +910,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny propozycji podjętych decyzji orazopisy w biznes planie, nadto udział w dyskusji w na zajęciach i sugerowanie przyczyn przebiegu przypadków z praktyki biznesowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PWP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić zachowanie rynku i podjąć właściwe decyzje, dzięki którym przewiduje osiągnięcie celu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>