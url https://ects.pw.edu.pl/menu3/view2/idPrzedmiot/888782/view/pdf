--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -910,67 +910,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny propozycji podjętych decyzji orazopisy w biznes planie, nadto udział w dyskusji w na zajęciach i sugerowanie przyczyn przebiegu przypadków z praktyki biznesowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PWP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić zachowanie rynku i podjąć właściwe decyzje, dzięki którym przewiduje osiągnięcie celu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1060,67 +1060,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Propozycja opisów zachowań w przedstawionym biznesplanie, zdolność do oceny potencjału rynku, analizy ryzyk i instrumentwo to ryzyko mitygujących</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K04, K_K06, K_K07</w:t>
+        <w:t xml:space="preserve">K_K04, K_K06, K_K07, K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PWP_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość swojego potencjału, umie ocenić zachowanie rynku i podjąć właściwe kroki, umie swój projekt przedstawić w formie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>