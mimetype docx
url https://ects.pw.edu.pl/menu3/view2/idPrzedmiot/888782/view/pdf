--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -926,201 +926,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PWP_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić zachowanie rynku i podjąć właściwe decyzje, dzięki którym przewiduje osiągnięcie celu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny w połowie semestru, w którym powinno zostać zaproponowane działanie umożliwiające osiągnięcie sukcesu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PWP_U02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PWP_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić zachowanie rynku i podjąć właściwe decyzje, dzięki którym przewiduje osiągnięcie celu</w:t>
+        <w:t xml:space="preserve">Ma świadomość swoich umiejętności, zna swoje cechy, które pozwalają mu na rozpoczęcie działaności kreatywnej i umie je wykorzystać w praktyce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian pisemny w połowie semestru, w którym powinno zostać zaproponowane działanie umożliwiające osiągnięcie sukcesu</w:t>
+        <w:t xml:space="preserve">Propozycja opisów zachowań w przedstawionym biznesplanie, zdolność do oceny potencjału rynku, analizy ryzyk i instrumentwo to ryzyko mitygujących</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K04, K_K06, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PWP_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość swojego potencjału, umie ocenić zachowanie rynku i podjąć właściwe kroki, umie swój projekt przedstawić w formie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>