--- v0 (2025-12-24)
+++ v1 (2026-02-04)
@@ -920,277 +920,277 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U17, K_U26, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U17, K_U26, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PUST_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność zaprojektowania i implementacji programowej w środowisku symulacyjnym oraz dla rzeczywistego procesu laboratoryjnego algorytmów regulacji PID oraz algorytmów regulacji predykcyjnej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U19, K_U25, K_U30, K_U12, K_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PUST_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność wielokryterialnej oceny jakości regulacji układu regulacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U17, K_U11, K_U12, K_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PUST_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PUST_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność zaprojektowania i implementacji programowej w środowisku symulacyjnym oraz dla rzeczywistego procesu laboratoryjnego algorytmów regulacji PID oraz algorytmów regulacji predykcyjnej</w:t>
+        <w:t xml:space="preserve">Umiejętność posługiwania się programami komputerowymi służącymi do projektowania i symulacji algorytmów regulacji (np. Matlab/Simulink), umiejętność napisania własnych programów do symulacji dyskretnych algorytmów regulacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U17, K_U19, K_U25, K_U30</w:t>
+        <w:t xml:space="preserve">K_U11, K_U12, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUST_K01: </w:t>
       </w:r>
     </w:p>