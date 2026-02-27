--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -920,67 +920,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U17, K_U26, K_U11</w:t>
+        <w:t xml:space="preserve">K_U26, K_U12, K_U11, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUST_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność zaprojektowania i implementacji programowej w środowisku symulacyjnym oraz dla rzeczywistego procesu laboratoryjnego algorytmów regulacji PID oraz algorytmów regulacji predykcyjnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -990,51 +990,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U19, K_U25, K_U30, K_U12, K_U17</w:t>
+        <w:t xml:space="preserve">K_U30, K_U12, K_U17, K_U19, K_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1060,137 +1060,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U17, K_U11, K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U11, K_U12, K_U13, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PUST_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność posługiwania się programami komputerowymi służącymi do projektowania i symulacji algorytmów regulacji (np. Matlab/Simulink), umiejętność napisania własnych programów do symulacji dyskretnych algorytmów regulacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12, K_U18, K_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUST_K01: </w:t>
       </w:r>
     </w:p>