--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -920,67 +920,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U26, K_U12, K_U11, K_U17</w:t>
+        <w:t xml:space="preserve">K_U17, K_U26, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUST_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność zaprojektowania i implementacji programowej w środowisku symulacyjnym oraz dla rzeczywistego procesu laboratoryjnego algorytmów regulacji PID oraz algorytmów regulacji predykcyjnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -990,67 +990,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U30, K_U12, K_U17, K_U19, K_U25</w:t>
+        <w:t xml:space="preserve">K_U25, K_U30, K_U12, K_U17, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUST_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność wielokryterialnej oceny jakości regulacji układu regulacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1060,137 +1060,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U12, K_U13, K_U17</w:t>
+        <w:t xml:space="preserve">K_U17, K_U11, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PUST_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność posługiwania się programami komputerowymi służącymi do projektowania i symulacji algorytmów regulacji (np. Matlab/Simulink), umiejętność napisania własnych programów do symulacji dyskretnych algorytmów regulacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U11, K_U12, K_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUST_K01: </w:t>
       </w:r>
     </w:p>