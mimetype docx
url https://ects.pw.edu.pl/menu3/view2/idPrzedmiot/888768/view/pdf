--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -1115,137 +1115,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">omówienie wyników zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U23, K_U01, K_U02, K_U05, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TM_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi projektować i uruchamiać proste systemy mikroprocesorowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">omówienie wyników zajęć laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U05, K_U10, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, I.P6S_UU, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TM_K01: </w:t>
       </w:r>
     </w:p>