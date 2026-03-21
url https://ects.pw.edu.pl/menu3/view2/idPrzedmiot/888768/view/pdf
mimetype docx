--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -1045,137 +1045,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">omówienie wyników zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U10, K_U23, K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TM_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi obsługiwać urządzenia we/wy z użyciem przerwań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">omówienie wyników zajęć laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U05, K_U10, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, I.P6S_UU, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TM_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi projektować i uruchamiać proste systemy mikroprocesorowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>