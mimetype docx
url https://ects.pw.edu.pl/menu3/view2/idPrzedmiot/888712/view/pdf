--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -743,497 +743,497 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zasady obsługi stołu mikserskiego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">n.d</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna techniczne aspekty łączenia dźwiękowej aparatury studyjnej.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">n.d</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W12, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PRD_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zasady obsługi stołu mikserskiego</w:t>
+        <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">n.d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">n.d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi poprawnie ustawić mikrofony do rejestracji wybranego rodzaju instrumentu muzycznego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">n.d</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PRD_W3: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna techniczne aspekty łączenia dźwiękowej aparatury studyjnej.	</w:t>
+        <w:t xml:space="preserve">Potrafi w podstawowym zakresie obsługiwać stół mikserski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n.d</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_U18, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRD_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi poprawnie połączyć wybrane dźwiękowe urządzenia studyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>