--- v1 (2025-12-30)
+++ v2 (2026-02-05)
@@ -883,67 +883,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n.d</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W12, K_W05</w:t>
+        <w:t xml:space="preserve">K_W12, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1173,67 +1173,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n.d</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18, K_U17</w:t>
+        <w:t xml:space="preserve">K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRD_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi poprawnie połączyć wybrane dźwiękowe urządzenia studyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>