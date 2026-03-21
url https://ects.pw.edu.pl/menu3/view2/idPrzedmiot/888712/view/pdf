--- v2 (2026-02-05)
+++ v3 (2026-03-21)
@@ -883,67 +883,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n.d</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W05, K_W07</w:t>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1189,51 +1189,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRD_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi poprawnie połączyć wybrane dźwiękowe urządzenia studyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>