--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -938,67 +938,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z ćwiczenia </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U13, K_U05</w:t>
+        <w:t xml:space="preserve">K_U13, K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UU, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o, I.P6S_UO, I.P6S_UU, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NEM2_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi poprawnie interpretować dane katalogowe elektrycznych urządzeń napędowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>