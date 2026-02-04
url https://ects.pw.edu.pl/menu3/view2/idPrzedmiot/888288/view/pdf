--- v1 (2025-12-30)
+++ v2 (2026-02-04)
@@ -938,67 +938,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z ćwiczenia </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U05, K_U11</w:t>
+        <w:t xml:space="preserve">K_U05, K_U11, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o, I.P6S_UO, I.P6S_UU, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UU, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NEM2_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi poprawnie interpretować dane katalogowe elektrycznych urządzeń napędowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1094,51 +1094,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NEM2-K01: </w:t>
       </w:r>
     </w:p>