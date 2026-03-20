--- v2 (2026-02-04)
+++ v3 (2026-03-20)
@@ -868,277 +868,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie ćwiczenia laboratoryjnego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NEM2_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować wyniki przeprowadzonych badań i przedstawić je zgodnie z zasadami metrologii</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdanie z ćwiczenia </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U11, K_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UU, I.P6S_UK, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NEM2_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi poprawnie interpretować dane katalogowe elektrycznych urządzeń napędowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdania z ćwiczeń </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NEM2_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie prawidłowo dobierać napędy elektryczne: prądu stałego, skokowe i elektromagnetyczne do zastosowań statycznych i dynamicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">prawozdania z ćwiczeń, praca dyplomowa </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NEM2-K01: </w:t>
       </w:r>
     </w:p>