--- v0 (2026-01-12)
+++ v1 (2026-02-06)
@@ -758,51 +758,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, I.P7S_WG, III.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMZ_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zasady prawa autorskiego i ochrony własności przemysłowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1102,67 +1102,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy dyplomowej magisterskiej lub jej ustalonych fragmentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U04, K2_U03</w:t>
+        <w:t xml:space="preserve">K2_U03, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMZ_K01: </w:t>
       </w:r>
     </w:p>