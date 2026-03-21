--- v1 (2026-02-06)
+++ v2 (2026-03-21)
@@ -758,51 +758,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, I.P7S_WG, III.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMZ_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zasady prawa autorskiego i ochrony własności przemysłowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1048,51 +1048,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U14, K2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UW, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMZ_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przygotować, w ustalonym zakresie, pracę dyplomową magisterską</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1118,51 +1118,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U03, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, P7U_U</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMZ_K01: </w:t>
       </w:r>
     </w:p>