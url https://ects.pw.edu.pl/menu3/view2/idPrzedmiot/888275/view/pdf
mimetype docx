--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -755,121 +755,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W05, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WD-W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu teorii decyzji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W05, K2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WD-W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma uporządkowaną wiedzę z zakresu optymalizacji wielokryterialnej ze szczególnym uwzględnieniem metod interaktywnych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -961,67 +961,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U01, K2_U07</w:t>
+        <w:t xml:space="preserve">K2_U07, K2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW, III.P7S_UW.2.o, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WD-U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi projektować efektywne procedury modelowania i identyfikacji preferencji decydenta w komputerowym wspomaganiu decyzji
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>