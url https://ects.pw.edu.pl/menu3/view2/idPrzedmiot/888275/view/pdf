--- v1 (2026-01-14)
+++ v2 (2026-02-09)
@@ -755,51 +755,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W05, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WD-W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę z zakresu teorii decyzji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -809,67 +809,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W05, K2_W08</w:t>
+        <w:t xml:space="preserve">K2_W08, K2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, I.P7S_WG, III.P7S_WG.o, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WD-W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma uporządkowaną wiedzę z zakresu optymalizacji wielokryterialnej ze szczególnym uwzględnieniem metod interaktywnych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -961,67 +961,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U07, K2_U01</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW, III.P7S_UW.2.o, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WD-U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi projektować efektywne procedury modelowania i identyfikacji preferencji decydenta w komputerowym wspomaganiu decyzji
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>