--- v0 (2026-02-08)
+++ v1 (2026-03-21)
@@ -804,87 +804,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K2_W05, K2_W07, K1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZA_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna platformę .NET, technologie ASP.NET i ADO.NET</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K2_W07, K1_W01, K2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, I.P7S_WG, P7U_W, I.P7S_WG.o, III.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZA_W2: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, I.P7S_WG, P7U_W, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZA_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna platformę .NET, technologie ASP.NET i ADO.NET</w:t>
+        <w:t xml:space="preserve">Zna technologię Google Web Toolkit</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -895,400 +965,330 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W05, K2_W07, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZA_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZA_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna technologię Google Web Toolkit</w:t>
+        <w:t xml:space="preserve">potrafi tworzyć aplikacje internetowe z użyciem technologii PHP.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K2_W05, K2_W07</w:t>
+        <w:t xml:space="preserve">K2_U15, K2_U09, K2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WG, III.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZA_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi tworzyć aplikacje internetowe w oparciu o technologię ASP.NET.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U09, K2_U14, K2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, III.P7S_UW.4.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZA_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi tworzyć aplikacje internetowe w oparciu o technologię Google Web Toolkit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U09, K2_U14, K2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, I.P7S_UW, III.P7S_UW.4.o, P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZA_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZA_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi tworzyć aplikacje internetowe z użyciem technologii PHP.</w:t>
+        <w:t xml:space="preserve">Zarządzanie procesem powstawania projektu informatycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U09, K2_U14, K2_U15</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">K2_K04, K2_K01</w:t>
+        <w:t xml:space="preserve">K2_K01, K2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KO, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>