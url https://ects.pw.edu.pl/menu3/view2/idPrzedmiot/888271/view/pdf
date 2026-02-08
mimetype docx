--- v0 (2026-01-13)
+++ v1 (2026-02-08)
@@ -849,51 +849,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W10, K2_W11, K2_W12, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK.o, P7U_W, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, I.P7S_WK, P7U_W, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PADUZ_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada podstawową wiedzę dotyczącą relacji
 prawnych dopuszczalnych na terytorium RP
 pomiędzy podmiotami. Posiada podstawową
 wiedzę o zasadach zawierania i wykonywania
 umów, a także o relacjach ekonomii i prawa.</w:t>
       </w:r>
@@ -987,67 +987,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U02, K2_U01, K2_U04</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U04, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PADUZ_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać wiedzę dotyczącą prawa do
 rozwiązywania konkretnych problemów i
 formułowania odpowiednich rozstrzygnięć.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1218,67 +1218,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie zadań na zajęciach i
 samodzielnie, a także prezentacja wyników na
 zajęciach. Analizowanie treści aktów prawnych
 na zajęciach i samodzielnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K02, K2_K05, K1_K02</w:t>
+        <w:t xml:space="preserve">K1_K02, K2_K02, K2_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PADUZ_K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość poziomu swojej wiedzy i umiejętności, rozumie konieczność dalszego doskonalenia się zawodowego i rozwoju osobistego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>