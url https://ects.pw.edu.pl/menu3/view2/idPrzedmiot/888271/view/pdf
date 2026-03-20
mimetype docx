--- v1 (2026-02-08)
+++ v2 (2026-03-20)
@@ -849,51 +849,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W10, K2_W11, K2_W12, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, I.P7S_WK, P7U_W, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PADUZ_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada podstawową wiedzę dotyczącą relacji
 prawnych dopuszczalnych na terytorium RP
 pomiędzy podmiotami. Posiada podstawową
 wiedzę o zasadach zawierania i wykonywania
 umów, a także o relacjach ekonomii i prawa.</w:t>
       </w:r>
@@ -1218,67 +1218,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie zadań na zajęciach i
 samodzielnie, a także prezentacja wyników na
 zajęciach. Analizowanie treści aktów prawnych
 na zajęciach i samodzielnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K02, K2_K02, K2_K05</w:t>
+        <w:t xml:space="preserve">K2_K05, K1_K02, K2_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PADUZ_K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość poziomu swojej wiedzy i umiejętności, rozumie konieczność dalszego doskonalenia się zawodowego i rozwoju osobistego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>