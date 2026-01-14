--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -767,411 +767,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W03, K1_W01, K1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MPSI_W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna najważniejsze wzorce projektowe i typowe architektury systemów informacyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozpoznać oraz scharakteryzować wybrane wzorce projektowe oraz rozwiązania architektoniczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W03, K1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MPSI_W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MPSI_W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna najważniejsze wzorce projektowe i typowe architektury systemów informacyjnych</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę i zna możliwości narzędzi wspomagających pracę grupową nad modelami i kodem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi rozpoznać oraz scharakteryzować wybrane wzorce projektowe oraz rozwiązania architektoniczne</w:t>
+        <w:t xml:space="preserve">Umie scharakteryzować potrzeby komunikacji w zespole projektowym oraz potrafi wymienić cechy środowisk wspomagających prace grupowa nad modelami i kodem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K1_W01</w:t>
+        <w:t xml:space="preserve">K2_W07, K2_W08, K2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MPSI_W_03: </w:t>
+        <w:t xml:space="preserve">III.P7S_WG, I.P7S_WK, P7U_W, I.P7S_WG, III.P7S_WG.o, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MPSI_U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie potrzebę i zna możliwości narzędzi wspomagających pracę grupową nad modelami i kodem</w:t>
+        <w:t xml:space="preserve">Umie opracować model wymagań dla systemu informatycznego i udokumentować go zgodnie z zasadami inżynierii oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie scharakteryzować potrzeby komunikacji w zespole projektowym oraz potrafi wymienić cechy środowisk wspomagających prace grupowa nad modelami i kodem</w:t>
+        <w:t xml:space="preserve">Student potrafi na podstawie podanego opisu sytuacyjnego zbudować model wymagań wykorzystująć do tego oprogramowanie IBM RSA oraz język UML.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W07, K2_W08, K2_W05</w:t>
+        <w:t xml:space="preserve">K2_U13, K2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, I.P7S_WK, P7U_W, I.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MPSI_U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MPSI_U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie opracować model wymagań dla systemu informatycznego i udokumentować go zgodnie z zasadami inżynierii oprogramowania</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie studiować literaturę oraz rozpoznać możliwości środowiska projektowego wykorzystywanego w realizacji projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi na podstawie podanego opisu sytuacyjnego zbudować model wymagań wykorzystująć do tego oprogramowanie IBM RSA oraz język UML.</w:t>
+        <w:t xml:space="preserve">Student potrafi na podstawie studiów literaturowych i dostępu do systemu pomocy uruchomić środowisko projektowe RSA oraz wprowadzić do niego model systemu i wykonać transformacje modeli</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U13, K2_U15</w:t>
+        <w:t xml:space="preserve">K2_U09, K2_U11, K2_U01, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MPSI_U_02: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UW, III.P7S_UW.3.o, I.P7S_UK, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MPSI_U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie studiować literaturę oraz rozpoznać możliwości środowiska projektowego wykorzystywanego w realizacji projektu</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić rozwiązania projektowe pod kątem wybranych kryteriów jakościowych oraz ocenić możliwości rozwoju modelu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi na podstawie studiów literaturowych i dostępu do systemu pomocy uruchomić środowisko projektowe RSA oraz wprowadzić do niego model systemu i wykonać transformacje modeli</w:t>
+        <w:t xml:space="preserve">Student umie sformułować ocenę modelu na system i potrafi wypowiedzieć się na temat dalszego rozwoju budowanego modelu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U09, K2_U11, K2_U01, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U15, K2_U01, K2_U04, K2_U08, K2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UW, I.P7S_UK, III.P7S_UW.1.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UK, P7U_U, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PMSI_KS_01: </w:t>
       </w:r>
     </w:p>