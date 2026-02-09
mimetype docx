--- v1 (2026-01-14)
+++ v2 (2026-02-09)
@@ -751,67 +751,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi scharakteryzować proces wytwarzania, dobrać odpowiednie procesy do przedstawionej sytuacji projektowej oraz uzasadnić swoje decyzje projektowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K1_W01, K1_W02</w:t>
+        <w:t xml:space="preserve">K1_W02, K2_W03, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPSI_W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna najważniejsze wzorce projektowe i typowe architektury systemów informacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -891,67 +891,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie scharakteryzować potrzeby komunikacji w zespole projektowym oraz potrafi wymienić cechy środowisk wspomagających prace grupowa nad modelami i kodem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W07, K2_W08, K2_W05</w:t>
+        <w:t xml:space="preserve">K2_W05, K2_W07, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, I.P7S_WK, P7U_W, I.P7S_WG, III.P7S_WG.o, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPSI_U_01: </w:t>
       </w:r>
     </w:p>
@@ -987,51 +987,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U13, K2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, I.P7S_UO, I.P7S_UW, III.P7S_UW.4.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPSI_U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie studiować literaturę oraz rozpoznać możliwości środowiska projektowego wykorzystywanego w realizacji projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1041,67 +1041,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi na podstawie studiów literaturowych i dostępu do systemu pomocy uruchomić środowisko projektowe RSA oraz wprowadzić do niego model systemu i wykonać transformacje modeli</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U09, K2_U11, K2_U01, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U06, K2_U09, K2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UW, III.P7S_UW.3.o, I.P7S_UK, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW, III.P7S_UW.1.o, I.P7S_UW.o, III.P7S_UW.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPSI_U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić rozwiązania projektowe pod kątem wybranych kryteriów jakościowych oraz ocenić możliwości rozwoju modelu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1111,67 +1111,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie sformułować ocenę modelu na system i potrafi wypowiedzieć się na temat dalszego rozwoju budowanego modelu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U15, K2_U01, K2_U04, K2_U08, K2_U09</w:t>
+        <w:t xml:space="preserve">K2_U08, K2_U09, K2_U15, K2_U01, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UK, P7U_U, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UW, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PMSI_KS_01: </w:t>
       </w:r>
     </w:p>