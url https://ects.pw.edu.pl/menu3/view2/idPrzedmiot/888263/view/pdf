--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -751,67 +751,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi scharakteryzować proces wytwarzania, dobrać odpowiednie procesy do przedstawionej sytuacji projektowej oraz uzasadnić swoje decyzje projektowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W02, K2_W03, K1_W01</w:t>
+        <w:t xml:space="preserve">K2_W03, K1_W01, K1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPSI_W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna najważniejsze wzorce projektowe i typowe architektury systemów informacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -837,51 +837,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W03, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPSI_W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę i zna możliwości narzędzi wspomagających pracę grupową nad modelami i kodem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi na podstawie podanego opisu sytuacyjnego zbudować model wymagań wykorzystująć do tego oprogramowanie IBM RSA oraz język UML.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U13, K2_U15</w:t>
+        <w:t xml:space="preserve">K2_U15, K2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, I.P7S_UO, I.P7S_UW, III.P7S_UW.4.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPSI_U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie studiować literaturę oraz rozpoznać możliwości środowiska projektowego wykorzystywanego w realizacji projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1041,67 +1041,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi na podstawie studiów literaturowych i dostępu do systemu pomocy uruchomić środowisko projektowe RSA oraz wprowadzić do niego model systemu i wykonać transformacje modeli</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U01, K2_U06, K2_U09, K2_U11</w:t>
+        <w:t xml:space="preserve">K2_U09, K2_U11, K2_U01, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW, III.P7S_UW.1.o, I.P7S_UW.o, III.P7S_UW.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UW, III.P7S_UW.3.o, I.P7S_UK, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPSI_U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić rozwiązania projektowe pod kątem wybranych kryteriów jakościowych oraz ocenić możliwości rozwoju modelu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1111,67 +1111,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie sformułować ocenę modelu na system i potrafi wypowiedzieć się na temat dalszego rozwoju budowanego modelu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U08, K2_U09, K2_U15, K2_U01, K2_U04</w:t>
+        <w:t xml:space="preserve">K2_U15, K2_U01, K2_U04, K2_U08, K2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UW, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UK, P7U_U, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PMSI_KS_01: </w:t>
       </w:r>
     </w:p>