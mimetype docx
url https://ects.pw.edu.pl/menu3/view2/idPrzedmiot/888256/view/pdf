--- v0 (2026-01-12)
+++ v1 (2026-02-05)
@@ -1146,51 +1146,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, I.P7S_UW, III.P7S_UW.2.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MD_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi stosować w praktyce prawa podzielności liczb</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>