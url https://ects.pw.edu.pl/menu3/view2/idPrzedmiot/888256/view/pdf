--- v1 (2026-02-05)
+++ v2 (2026-03-20)
@@ -856,71 +856,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MD_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe pojecia i twierdzenia teorii grafów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">rozwiązywanie zadań domowych, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MD_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MD_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe pojecia i twierdzenia teorii grafów</w:t>
+        <w:t xml:space="preserve">zna podstawowe prawa podzielności liczb</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie zadań domowych, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -931,266 +1001,196 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MD_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MD_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe prawa podzielności liczb</w:t>
+        <w:t xml:space="preserve">potrafi stosować podstawowe techniki zliczania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie zadań domowych, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W01</w:t>
+        <w:t xml:space="preserve">K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MD_U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MD_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi stosować podstawowe techniki zliczania</w:t>
+        <w:t xml:space="preserve">potrafi rozwiązywać równania rekurencyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie zadań domowych, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, I.P7S_UW, III.P7S_UW.2.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MD_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi stosować w praktyce prawa podzielności liczb</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>