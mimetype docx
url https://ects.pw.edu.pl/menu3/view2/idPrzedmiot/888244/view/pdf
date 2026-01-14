--- v0 (2026-01-12)
+++ v1 (2026-01-14)
@@ -883,67 +883,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U07, K_U01, K_U02, K_U10</w:t>
+        <w:t xml:space="preserve">K_U07, K_U01, K_U02, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, I.P6S_UK, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Prakt_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi określić priorytety służące realizacji zadania, wyznaczonego przez siebie lub przełożonego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>