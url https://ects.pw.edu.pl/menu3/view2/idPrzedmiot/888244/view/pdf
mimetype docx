--- v1 (2026-01-14)
+++ v2 (2026-02-28)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W11</w:t>
+        <w:t xml:space="preserve">K_W09, K_W11, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WK.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Prakt_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna warunki pracy, w tym zasady bezpieczeństwa i higieny pracy, związane z zatrudnieniem w środowisku właściwym dla inżynierów – absolwentów studiów na kierunku </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>