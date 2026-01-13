--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przyswojoną wiedzę student wykorzystuje podczas wykonywania ćwiczeń i projektowania aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W13, K_W15</w:t>
+        <w:t xml:space="preserve">K_W15, K_W04, K_W07, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>