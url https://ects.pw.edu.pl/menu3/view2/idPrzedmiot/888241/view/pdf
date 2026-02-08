--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przyswojoną wiedzę student wykorzystuje podczas wykonywania ćwiczeń i projektowania aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W04, K_W07, K_W13</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W13, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -840,67 +840,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student na podstawie wykonanych pomiarów wyznacza podstawowe parametry filtrów, rezonatorów i jednowrotników. Ponadto tworzy własną witrynę internetową i aplikację bazodanową typu klient-serwer. Student również tworzy podstawowe łącze telekomunikacyjne dalekiego zasięgu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U09, K_U13, K_U17, K_U21</w:t>
+        <w:t xml:space="preserve">K_U17, K_U21, K_U05, K_U09, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, I.P6S_UU, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka : </w:t>
       </w:r>
     </w:p>