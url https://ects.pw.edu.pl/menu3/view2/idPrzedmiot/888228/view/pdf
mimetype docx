--- v0 (2025-11-01)
+++ v1 (2026-01-11)
@@ -892,51 +892,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W18, K_W19</w:t>
+        <w:t xml:space="preserve">K_W19, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1122,67 +1122,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K06, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POK_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wybór właściwej technologii do wykonania zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>