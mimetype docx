--- v1 (2026-01-11)
+++ v2 (2026-02-06)
@@ -892,51 +892,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W19, K_W18</w:t>
+        <w:t xml:space="preserve">K_W18, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>