--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -972,67 +972,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POU_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi implementować aplikacje zorientowane obiektowo w języku Java.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>