--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -909,67 +909,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt 1, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi posłużyć się wywołaniami funkcji systemowych POSIX do tworzenia programów realizujących: 
 a) przetwarzanie wieloprocesowe i wielowątkowe z wykorzystaniem obsługi sygnałów,
 b) operacje na plikach,
 c) komunikowanie się procesów,
 d) synchronizację współpracujących procesów,
 e) prostą komunikację sieciową typu klient-serwer.</w:t>