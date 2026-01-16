--- v0 (2026-01-14)
+++ v1 (2026-01-16)
@@ -814,121 +814,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązania zadań problemowych w trakcie półsemestru, egzamin (test+część problemowa)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W15, K_W05, K_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o konstrukcji, zasadzie działania, właściwościach i modelach tranzystorów bipolarnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązania zadań problemowych w trakcie półsemestru, egzamin (test+część problemowa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W13, K_W15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_W15, K_W05, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>