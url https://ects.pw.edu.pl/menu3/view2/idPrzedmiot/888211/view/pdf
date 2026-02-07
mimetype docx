--- v1 (2026-01-16)
+++ v2 (2026-02-07)
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązania zadań problemowych w trakcie półsemestru, egzamin (test+część problemowa)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W05, K_W13</w:t>
+        <w:t xml:space="preserve">K_W05, K_W13, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1244,67 +1244,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązania zadań problemowych, ocena pracy podczas półsemestru, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U07, K_U13</w:t>
+        <w:t xml:space="preserve">K_U07, K_U13, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyekstrahować parametry modeli diód, tranzystorów bipolarnych i MOS na podstawie ich charakterystyk elektrycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>