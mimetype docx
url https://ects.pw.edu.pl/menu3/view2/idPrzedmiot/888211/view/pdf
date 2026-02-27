--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1244,67 +1244,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązania zadań problemowych, ocena pracy podczas półsemestru, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U13, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U07, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyekstrahować parametry modeli diód, tranzystorów bipolarnych i MOS na podstawie ich charakterystyk elektrycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>