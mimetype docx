--- v0 (2025-10-30)
+++ v1 (2026-02-28)
@@ -996,67 +996,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie zadań na zajęciach i samodzielnie, a także prezentacja wyników na zajęciach. Analizowanie treści aktów prawnych
 na zajęciach i samodzielnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U10, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U05, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, I.P6S_UU, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PGOZ_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi posługiwać się poznanymi zasadami i konstrukcjami prawnymi w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>