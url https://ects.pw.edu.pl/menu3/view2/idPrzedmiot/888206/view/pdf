--- v1 (2026-02-28)
+++ v2 (2026-03-20)
@@ -1012,51 +1012,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U12, K_U05, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, I.P6S_UU, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UU, III.P6S_UW.2.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PGOZ_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi posługiwać się poznanymi zasadami i konstrukcjami prawnymi w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>