--- v0 (2025-11-23)
+++ v1 (2025-12-27)
@@ -853,67 +853,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena udziału i aktywności studenta w zajęciach włączając obecności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IMTM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskuje umiejętności komunikacyjne przygotowujące go do pracy w studiach udźwiękowienia filmów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -939,51 +939,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UU, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IMTM_2st_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Otrzymuje podstawowe umiejętności pozwalające mu na współpracę i porozumiewanie się z artystami; muzykami, choreografami, plastykami i reżyserami. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>