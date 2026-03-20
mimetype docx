--- v1 (2025-12-27)
+++ v2 (2026-03-20)
@@ -939,51 +939,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UU, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IMTM_2st_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Otrzymuje podstawowe umiejętności pozwalające mu na współpracę i porozumiewanie się z artystami; muzykami, choreografami, plastykami i reżyserami. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>