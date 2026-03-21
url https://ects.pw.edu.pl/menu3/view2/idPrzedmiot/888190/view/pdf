--- v0 (2026-02-07)
+++ v1 (2026-03-21)
@@ -775,217 +775,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie kolokwium z materiału omawianego na wykładzie, Zaliczenie ćwiczeń laboratoryjnych, Zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W07, K_W08, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W03, K_W04, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka USO_2st_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować i wykonać układ do tłumienia drgań dla urządzeń do rejestracji obrazu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów z materiału omawianego na wykładzie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka USO_2st_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka USO_2st_U01 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować i wykonać układ do tłumienia drgań dla urządzeń do rejestracji obrazu.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować i wykonać moduł redukujący drgania obiektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów z materiału omawianego na wykładzie</w:t>
+        <w:t xml:space="preserve">Zaliczenie projektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04, K_U05, K_U08, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka USO_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać właściwą ścieżkę przetwarzania obrazów cyfrowych i zaprojektować poprawną scenę do rejestracji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>